--- v0 (2025-10-13)
+++ v1 (2025-12-21)
@@ -6,97 +6,97 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sbb.sharepoint.com/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene Dokumente/General/Publikation - Übersetzung/Publikation - Transfer/2025-07-25 Aktualisierung/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sbb.sharepoint.com/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene Dokumente/General/Publikation - Übersetzung/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3031" documentId="8_{28374098-97B4-4A8B-A517-CE38D59BFE13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D9B8022E-B23D-4E47-8E8D-0C53D12686A6}"/>
+  <xr:revisionPtr revIDLastSave="3125" documentId="8_{28374098-97B4-4A8B-A517-CE38D59BFE13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01DACC05-FDD7-468F-BECC-9E57FFCB5CB2}"/>
   <bookViews>
-    <workbookView xWindow="-60" yWindow="-60" windowWidth="19320" windowHeight="11400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tabelle1!$B$6:$D$6</definedName>
     <definedName name="_Hlk131516327" localSheetId="0">Tabelle1!#REF!</definedName>
     <definedName name="BkmSBB1" localSheetId="0">Tabelle1!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$A$1:$V$42</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tabelle1!$5:$6</definedName>
     <definedName name="Tabelle">Tabelle1!$A$6:$V$42</definedName>
   </definedNames>
   <calcPr calcId="191028" concurrentManualCount="16"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I5" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="206">
   <si>
     <t>VöV-Branchendokumentation «Bewirtschaftungsmodell öV bei Strommangellagen»</t>
   </si>
   <si>
     <t>Dokumentenverzeichnis | Liste des documents | Elenco dei documenti</t>
   </si>
   <si>
     <t>Struktur/Typ.
 Structure/Type.
 Struttura/
 Tipologia.</t>
   </si>
   <si>
     <t>deutsch</t>
   </si>
   <si>
     <t>français</t>
   </si>
   <si>
     <t>italiano</t>
   </si>
   <si>
     <t>Anzahl Seiten</t>
   </si>
   <si>
@@ -807,75 +807,69 @@
       <t xml:space="preserve"> vedere la seconda sezione “Elettricità”)</t>
     </r>
   </si>
   <si>
     <t>https://www.bwl.admin.ch/it/ulteriori-informazioni-energia</t>
   </si>
   <si>
     <t>Verordnung über Massnahmen zur Senkung des Verbrauchs von elektrischer Energie im öffentlichen Personenverkehr sowie im Güterverkehr auf der Schiene</t>
   </si>
   <si>
     <t>Ordonnance sur les mesures visant à réduire la consommation d’énergie électrique dans le transport public de voyageurs et le fret ferroviaire</t>
   </si>
   <si>
     <t>Ordinanza sulle misure tese a ridurre il consumo di energia elettrica da parte del trasporto pubblico di viaggiatori e del trasporto di merci ferroviario</t>
   </si>
   <si>
     <t>https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/6e055619-bf78-42db-8b2f-a4422aa12328.pdf</t>
   </si>
   <si>
     <t>https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/bb8d39b3-feba-4f2c-b75c-5f4159c4dc00.pdf</t>
   </si>
   <si>
     <t>https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/a6adb052-4b4d-456c-9cea-a881dc26592a.pdf</t>
   </si>
   <si>
-    <t>in Arbeit</t>
-[...1 lines deleted...]
-  <si>
     <t>https://company.sbb.ch/it/download-penuriadielettricita-realizzazione50hz</t>
   </si>
   <si>
     <t>Textliche Anpassungen und Aktualisierung, Positionierung der VöV-AGr ergänzt (Kap. 4.1).</t>
   </si>
   <si>
     <t>Anpassung an den Entwurf BVOöV vom 27.11.2024 sowie an die VKOVA vom 19.06.2024.</t>
   </si>
   <si>
     <t>Anpassung an die VKOVA vom 19.06.2024 sowie Ergänzung der Vorbereitungsarbeiten aus der Operationalisierung 50 Hz.</t>
   </si>
   <si>
     <t>---- (Verzicht, es wären nur unwesentliche Änderungen formaler Art)</t>
   </si>
   <si>
     <t>Neuerstellung basierend auf bestehenden Materialien zur Deklaration von Messpunkten 50Hz. Aufarbeitung des Themas der Eigenverbrauchsgemeinschaften (ZEV, vZEV, LEG) mit Unterstützung des BWL, SBB und OSTRAL. Neuer Spezialfall: Geltung der BVOöV auch für das Fürstentum Liechtenstein.</t>
   </si>
   <si>
     <t>Redaktionelle Verbesserungen de (für fr und it wäre keine Neuausgabe nötig, wird aber gleichgezogen.)</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Anpassung an den Entwurf BVOöV vom 27.11.2024 sowie an die VKOVA vom 19.06.2024. Neues Kapitel zu Verladeanlagen (Kap. 2.3). Löschung des Kap. 6 infolge Einstellung der Rola per Ende 2025. </t>
   </si>
   <si>
     <t>Neu erstellt für die Publikation der aktualisierten VöV-Branchendokumentation</t>
   </si>
   <si>
     <t>Information zur Aktualisierung und Ergänzung der VöV-Branchendokumentation per 25.07.2025</t>
   </si>
   <si>
     <t>Release Notes</t>
   </si>
   <si>
     <t>https://company.sbb.ch/de/download-strommangellage-releasenotes</t>
   </si>
   <si>
     <t>https://company.sbb.ch/fr/download-penuriedelectricite-releasenotes</t>
   </si>
   <si>
     <t>https://company.sbb.ch/it/download-penuriadielettricita-releasenotes</t>
   </si>
   <si>
     <t>Informazioni riguardanti l’aggiornamento e l’integrazione della documentazione UTP di settore al 25 luglio 2025</t>
   </si>
   <si>
     <t>Informations sur la mise à jour de la documentation UTP à l’intention de la branche au 25 juillet 2025</t>
   </si>
@@ -902,56 +896,50 @@
   <si>
     <t>1-0</t>
   </si>
   <si>
     <t>2025-07-25-Release-Notes-Bewirtschaftungsmodell-oeV-bei-Strommangellagen</t>
   </si>
   <si>
     <t>2025-07-25-Dokumentation-Operationalisierung-50Hz-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Dokumentation-Operationalisierung-50Hz</t>
   </si>
   <si>
     <t>2025-07-25-Dokumentation-Operationalisierung-50Hz-ITA</t>
   </si>
   <si>
     <t>2025-07-25-Release-Notes-Bewirtschaftungsmodell-oeV-bei-Strommangellagen-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Release-Notes-Bewirtschaftungsmodell-oeV-bei-Strommangellagen-ITA</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-Beitrag-oeV-angebotsbezogene-Massnahmen</t>
   </si>
   <si>
-    <t>2025-07-25-Gueterverkehr-in-der-Strommangellage-FRA</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-07-25-Dokumentation-Angebotsreduktion-oeV_FRA</t>
   </si>
   <si>
     <t>2025-07-25-Dokumentation-Angebotsreduktion-oeV</t>
   </si>
   <si>
     <t>2025-07-25-Szenarien-Angebotsreduktion-oeV-Strasse-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Szenarien-Angebotsreduktion-oeV-Strasse</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-Bewirtschaftungsstufen-Strommangellage-oeV-ITA</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-Bewirtschaftungsstufen-Strommangellage-oeV</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-Bewirtschaftungsstufen-Strommangellage-oeV-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Checkliste-Vorbereitungsarbeiten-auf-eine-Strommangellage</t>
   </si>
   <si>
     <t>2025-07-25-Checkliste-Vorbereitungsarbeiten-auf-eine-Strommangellage-FRA</t>
@@ -959,95 +947,110 @@
   <si>
     <t>2025-07-25-Checkliste-Vorbereitungsarbeiten-auf-eine-Strommangellage-ITA</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-fuer-das-Krisen-und-Notfallmanagement-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Uebersicht-fuer-das-Krisen-und-Notfallmanagement</t>
   </si>
   <si>
     <t>2025-07-25-Kopfdokument-Branchendokumentation-Bewirtschaftungsmodell-oeV-FRA</t>
   </si>
   <si>
     <t>2025-07-25-Kopfdokument-Branchendokumentation-Bewirtschaftungsmodell-oeV</t>
   </si>
   <si>
     <t>2025-07-25-Kopfdokument-Branchendokumentation-Bewirtschaftungsmodell-oeV-ITA</t>
   </si>
   <si>
     <t>Ergänzung um die relative Höhe der Bedarfsreduktion, letzte Zeile.</t>
   </si>
   <si>
     <t>Textliche Aktualisierung und Aufschalten der neuen Dokumente und Dokumentenversionen per 25.7.</t>
   </si>
   <si>
-    <t xml:space="preserve">Aktualisiert, ergänzt mit Informationen zur Versionierung und zu den vorgenommenen Änderungen.
+    <t>https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Publikation%20-%20%C3%9Cbersetzung?csf=1&amp;web=1&amp;e=G9KG8e</t>
+  </si>
+  <si>
+    <t>https://company.sbb.ch/de/download-strommangellage-operationalisierung50hz</t>
+  </si>
+  <si>
+    <t>Dateiname für Publikation DE</t>
+  </si>
+  <si>
+    <t>Dateiname für Publikation FR</t>
+  </si>
+  <si>
+    <t>Dateiname für Publikation IT</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Anpassung an den Entwurf BVOöV vom 27.11.2024 sowie an die VKOVA vom 19.06.2024. Ergänzung der Hinweise zur Vorbereitung auf eine mögliche Strommangellage (Kap. 1).</t>
+  </si>
+  <si>
+    <t>vorliegend, wird nicht publiziert</t>
+  </si>
+  <si>
+    <t>https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr/Berechnungsgrundlagen?csf=1&amp;web=1&amp;e=baCsl2</t>
+  </si>
+  <si>
+    <t>Modellierung Bedarfsabsenkung Elektrizität.docx</t>
+  </si>
+  <si>
+    <t>Hinweise zu den Änderungen 
+der publizierten (=neusten) Ausgabe</t>
+  </si>
+  <si>
+    <t>2025-12-12-Dokumentenverzeichnis-VoeV-Branchendokumentation</t>
+  </si>
+  <si>
+    <t>2025-12-12-Gueterverkehr-in-der-Strommangellage-FRA</t>
+  </si>
+  <si>
+    <t>2025-12-12-Gueterverkehr-in-der-Strommangellage</t>
+  </si>
+  <si>
+    <t>Erwähnung der Freiverladeanlagen in Kap. 2.3. 
+Überarbeitung des Kap. 3.1 infolge des neuen GüTG und der neuen GüTV.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktualisiert infolge Neuausgabe der Fachdokumentation "Güterverkehr in der Strommangellage"
 </t>
-  </si>
-[...30 lines deleted...]
-    <t>Anpassung an den Entwurf BVOöV vom 27.11.2024 sowie an die VKOVA vom 19.06.2024. Ergänzung der Hinweise zur Vorbereitung auf eine mögliche Strommangellage (Kap. 1).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color indexed="55"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color indexed="63"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1162,50 +1165,57 @@
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Wingdings"/>
       <charset val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color indexed="63"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="7"/>
+      <color theme="10"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1284,51 +1294,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="9"/>
       </left>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -1554,50 +1564,62 @@
     <xf numFmtId="14" fontId="7" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="10" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="7" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="8" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="6" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="6" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="25" fillId="0" borderId="2" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Komma" xfId="2" builtinId="3"/>
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
@@ -1675,51 +1697,51 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="2400300"/>
           <a:ext cx="324485" cy="359410"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>386974</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
-      <xdr:colOff>46581</xdr:colOff>
+      <xdr:colOff>46582</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>20178</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Grafik 18" descr="Logo_vöv_P659">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13A8315C-1D8E-4D0E-8CE2-3251A75362E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
@@ -2408,65 +2430,65 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-extremszenarien-merkblatt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-gueterverkehr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-apercu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-campodapplicazione" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-geltungsbereich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-resume" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/bb8d39b3-feba-4f2c-b75c-5f4159c4dc00.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Vorbereitungen%20allgemein?csf=1&amp;web=1&amp;e=FRDAOS" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Weitere%20Beitr%C3%A4ge%20zur%20Kontingentierung?csf=1&amp;web=1&amp;e=Eez8QP" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-releasenotes" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-kopfdokument" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-realizzazione50hz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr-beitrag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-documentoombrello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-uebersicht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/azienda/responsabilita-societa-ambiente/organizzazione-coordinatrice/penuria-energetica.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-reductiondelademande-annexe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficmarchandises" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-sintesi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/fr/informations-complementaires-energie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Publikation%20-%20%C3%9Cbersetzung?csf=1&amp;web=1&amp;e=p1VaX1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr?csf=1&amp;web=1&amp;e=YJA7sa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-releasenotes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/entreprise/responsabilites/gestion-du-systeme/penurie-d-energie.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-scenariosextremes-fichetechnique" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficvoyageurs-routier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/6e055619-bf78-42db-8b2f-a4422aa12328.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/G%C3%BCterverkehr?csf=1&amp;web=1&amp;e=fgvbmk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-allgemeinebedarfsabsenkung" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-scenariestremi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/de/weitere-informationen-energie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr?csf=1&amp;web=1&amp;e=YJA7sa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-operationalisierung50hz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-zusammenfassung" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/ueber-die-sbb/verantwortung/systemfuehrerschaft-schienenverkehr/energiemangellage.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-travauxpreparatoires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-lavoripreparatori" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficvoyageurs" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Vorbereitungen%20Extremszenarien/Merkblatt%20Vorbereitung%20zykl%20Netzabschaltung%20und%20Blackout?csf=1&amp;web=1&amp;e=bPNf8N" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Publikation%20-%20%C3%9Cbersetzung?csf=1&amp;web=1&amp;e=G9KG8e" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/a6adb052-4b4d-456c-9cea-a881dc26592a.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-operationnalisation50hz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-vorbereitungsarbeiten" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr-strasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-documentfaitier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-champdapplication" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-reductiondelademande" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/it/ulteriori-informazioni-energia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-releasenotes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-allgemeinebedarfsabsenkung-anhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Weitere%20Beitr%C3%A4ge%20zur%20Kontingentierung?csf=1&amp;web=1&amp;e=Eez8QP" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr/Berechnungsgrundlagen?csf=1&amp;web=1&amp;e=DWJN54" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-extremszenarien-merkblatt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-gueterverkehr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-apercu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-campodapplicazione" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-geltungsbereich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-resume" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/bb8d39b3-feba-4f2c-b75c-5f4159c4dc00.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Vorbereitungen%20allgemein?csf=1&amp;web=1&amp;e=FRDAOS" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Weitere%20Beitr%C3%A4ge%20zur%20Kontingentierung?csf=1&amp;web=1&amp;e=Eez8QP" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-releasenotes" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-kopfdokument" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-operationnalisation50hz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr-beitrag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-documentoombrello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-uebersicht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/azienda/responsabilita-societa-ambiente/organizzazione-coordinatrice/penuria-energetica.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-reductiondelademande-annexe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficmarchandises" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-sintesi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/fr/informations-complementaires-energie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Publikation%20-%20%C3%9Cbersetzung?csf=1&amp;web=1&amp;e=p1VaX1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr?csf=1&amp;web=1&amp;e=YJA7sa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-releasenotes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/entreprise/responsabilites/gestion-du-systeme/penurie-d-energie.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-scenariosextremes-fichetechnique" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficvoyageurs-routier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/6e055619-bf78-42db-8b2f-a4422aa12328.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/G%C3%BCterverkehr?csf=1&amp;web=1&amp;e=fgvbmk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-allgemeinebedarfsabsenkung" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-scenariestremi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/de/weitere-informationen-energie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr?csf=1&amp;web=1&amp;e=YJA7sa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Reduktion%20Angebot%20Personenverkehr/Berechnungsgrundlagen?csf=1&amp;web=1&amp;e=baCsl2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-zusammenfassung" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/ueber-die-sbb/verantwortung/systemfuehrerschaft-schienenverkehr/energiemangellage.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-travauxpreparatoires" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-lavoripreparatori" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-traficvoyageurs" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Vorbereitungen%20Extremszenarien/Merkblatt%20Vorbereitung%20zykl%20Netzabschaltung%20und%20Blackout?csf=1&amp;web=1&amp;e=bPNf8N" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Publikation%20-%20%C3%9Cbersetzung?csf=1&amp;web=1&amp;e=G9KG8e" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-dokumentenverzeichnis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://backend.bwl.admin.ch/fileservice/sdweb-docs-prod-bwladminch-files/files/2025/01/14/a6adb052-4b4d-456c-9cea-a881dc26592a.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-operationalisierung50hz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-vorbereitungsarbeiten" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-personenverkehr-strasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-documentfaitier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-champdapplication" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-reductiondelademande" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bwl.admin.ch/it/ulteriori-informazioni-energia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/fr/download-penuriedelectricite-releasenotes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/de/download-strommangellage-allgemeinebedarfsabsenkung-anhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83111.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/General/Bewirtschaftungsmodell%20%C3%B6V?csf=1&amp;web=1&amp;e=r0LSTI" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbb.sharepoint.com/:f:/r/sites/voev-kis-arbeitsgruppe-strommangellage/Freigegebene%20Dokumente/Weitere%20Beitr%C3%A4ge%20zur%20Kontingentierung?csf=1&amp;web=1&amp;e=Eez8QP" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://company.sbb.ch/it/download-penuriadielettricita-realizzazione50hz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsd.admin.ch/newsd/message/attachments/83112.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="5" ySplit="6" topLeftCell="J7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomRight" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.46484375" defaultRowHeight="12.75" outlineLevelRow="2" outlineLevelCol="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="11.796875" style="2" customWidth="1"/>
     <col min="2" max="3" width="8.796875" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.796875" style="2" customWidth="1"/>
     <col min="5" max="5" width="41.46484375" style="1" customWidth="1"/>
     <col min="6" max="6" width="31.265625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="7" max="7" width="18.19921875" style="59" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="8" max="9" width="7.19921875" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="7.19921875" style="71" customWidth="1" collapsed="1"/>
     <col min="11" max="11" width="18.19921875" style="18" customWidth="1"/>
     <col min="12" max="12" width="37.19921875" style="59" customWidth="1"/>
     <col min="13" max="13" width="1.19921875" style="1" customWidth="1"/>
     <col min="14" max="14" width="41.46484375" style="1" customWidth="1"/>
     <col min="15" max="15" width="31.265625" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="16" max="16" width="18.19921875" style="59" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="17" max="17" width="1.19921875" style="1" customWidth="1" collapsed="1"/>
     <col min="18" max="18" width="41.46484375" style="1" customWidth="1"/>
     <col min="19" max="19" width="31.265625" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="18.19921875" style="59" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="21" max="21" width="1.19921875" style="1" customWidth="1" collapsed="1"/>
     <col min="22" max="22" width="61.796875" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="23" max="23" width="11.46484375" style="1" collapsed="1"/>
@@ -2558,431 +2580,431 @@
       <c r="B4" s="13"/>
       <c r="C4" s="13"/>
       <c r="D4" s="13"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="58"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="70"/>
       <c r="K4" s="17"/>
       <c r="L4" s="58"/>
       <c r="M4" s="4"/>
       <c r="N4" s="1"/>
       <c r="O4" s="4"/>
       <c r="P4" s="58"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="58"/>
       <c r="U4" s="4"/>
       <c r="V4" s="33"/>
     </row>
     <row r="5" spans="1:22" outlineLevel="1" x14ac:dyDescent="0.35">
       <c r="I5" s="27">
         <f>SUBTOTAL(9, I7:I42)</f>
-        <v>234</v>
+        <v>253</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="5" customFormat="1" ht="51.75" x14ac:dyDescent="0.4">
       <c r="A6" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="21" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F6" s="24" t="s">
         <v>92</v>
       </c>
       <c r="G6" s="81" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="H6" s="28" t="s">
         <v>123</v>
       </c>
       <c r="I6" s="28" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="19" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="K6" s="19" t="s">
         <v>7</v>
       </c>
       <c r="L6" s="19" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="M6" s="10"/>
       <c r="N6" s="10" t="s">
         <v>101</v>
       </c>
       <c r="O6" s="24" t="s">
         <v>91</v>
       </c>
       <c r="P6" s="81" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="Q6" s="10"/>
       <c r="R6" s="10" t="s">
         <v>100</v>
       </c>
       <c r="S6" s="24" t="s">
         <v>90</v>
       </c>
       <c r="T6" s="81" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="U6" s="10"/>
       <c r="V6" s="12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="7" spans="1:22" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.35">
       <c r="A7" s="14"/>
       <c r="B7" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C7" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="48" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>63</v>
       </c>
       <c r="G7" s="82" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H7" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="43">
         <v>16</v>
       </c>
       <c r="J7" s="72" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="K7" s="22">
         <v>45863</v>
       </c>
       <c r="L7" s="60" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="M7" s="9"/>
       <c r="N7" s="56" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="38" t="s">
         <v>85</v>
       </c>
       <c r="P7" s="82" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="Q7" s="9"/>
       <c r="R7" s="48" t="s">
         <v>61</v>
       </c>
       <c r="S7" s="38" t="s">
         <v>118</v>
       </c>
       <c r="T7" s="82" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="U7" s="9"/>
       <c r="V7" s="36" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:22" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C8" s="37" t="s">
         <v>115</v>
       </c>
       <c r="D8" s="37" t="s">
         <v>122</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F8" s="38" t="s">
         <v>62</v>
       </c>
       <c r="G8" s="82" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="H8" s="29" t="s">
         <v>12</v>
       </c>
       <c r="I8" s="29">
         <v>1</v>
       </c>
       <c r="J8" s="90" t="s">
         <v>55</v>
       </c>
-      <c r="K8" s="22">
-        <v>45863</v>
+      <c r="K8" s="94">
+        <v>46003</v>
       </c>
       <c r="L8" s="60" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="M8" s="9"/>
       <c r="N8" s="23" t="s">
         <v>13</v>
       </c>
       <c r="O8" s="76" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="60"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="23" t="s">
         <v>14</v>
       </c>
       <c r="S8" s="76" t="s">
         <v>62</v>
       </c>
       <c r="T8" s="60"/>
       <c r="U8" s="9"/>
       <c r="V8" s="36" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="9" spans="1:22" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.35">
       <c r="A9" s="14" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B9" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C9" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="E9" s="75" t="s">
+      <c r="E9" s="91" t="s">
+        <v>152</v>
+      </c>
+      <c r="F9" s="38" t="s">
         <v>154</v>
       </c>
-      <c r="F9" s="38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="82" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H9" s="43" t="s">
         <v>10</v>
       </c>
       <c r="I9" s="43">
         <v>5</v>
       </c>
       <c r="J9" s="90" t="s">
         <v>55</v>
       </c>
       <c r="K9" s="22">
         <v>45863</v>
       </c>
       <c r="L9" s="60" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="M9" s="9"/>
       <c r="N9" s="75" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="O9" s="38" t="s">
+        <v>155</v>
+      </c>
+      <c r="P9" s="82" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q9" s="9"/>
+      <c r="R9" s="91" t="s">
         <v>157</v>
       </c>
-      <c r="P9" s="82" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="S9" s="38" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="T9" s="82" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="U9" s="9"/>
       <c r="V9" s="79" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:22" s="2" customFormat="1" ht="13.15" x14ac:dyDescent="0.35">
       <c r="A10" s="14"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="7"/>
       <c r="F10" s="39"/>
       <c r="G10" s="60"/>
       <c r="H10" s="30"/>
       <c r="I10" s="30"/>
       <c r="J10" s="73"/>
       <c r="K10" s="22"/>
       <c r="L10" s="60"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="39"/>
       <c r="P10" s="60"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="39"/>
       <c r="T10" s="60"/>
       <c r="U10" s="7"/>
       <c r="V10" s="35"/>
     </row>
     <row r="11" spans="1:22" s="2" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
       <c r="A11" s="14"/>
       <c r="B11" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C11" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42"/>
-      <c r="E11" s="48" t="s">
+      <c r="E11" s="56" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="38" t="s">
         <v>64</v>
       </c>
       <c r="G11" s="82" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="H11" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I11" s="43">
         <v>23</v>
       </c>
       <c r="J11" s="72" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="K11" s="22">
         <v>45863</v>
       </c>
       <c r="L11" s="60" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="M11" s="9"/>
       <c r="N11" s="56" t="s">
         <v>16</v>
       </c>
       <c r="O11" s="38" t="s">
         <v>113</v>
       </c>
       <c r="P11" s="82" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="Q11" s="9"/>
       <c r="R11" s="15" t="s">
         <v>95</v>
       </c>
       <c r="S11" s="41" t="s">
         <v>55</v>
       </c>
       <c r="T11" s="60"/>
       <c r="U11" s="9"/>
       <c r="V11" s="36" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:22" s="2" customFormat="1" ht="52.5" x14ac:dyDescent="0.35">
       <c r="A12" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C12" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="45" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="38" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="82" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="H12" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I12" s="43">
         <v>3</v>
       </c>
       <c r="J12" s="90" t="s">
         <v>55</v>
       </c>
       <c r="K12" s="22">
         <v>45863</v>
       </c>
       <c r="L12" s="60" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="M12" s="9"/>
-      <c r="N12" s="23" t="s">
+      <c r="N12" s="45" t="s">
         <v>60</v>
       </c>
       <c r="O12" s="38" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="82" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="Q12" s="9"/>
-      <c r="R12" s="23" t="s">
+      <c r="R12" s="45" t="s">
         <v>119</v>
       </c>
       <c r="S12" s="38" t="s">
         <v>86</v>
       </c>
       <c r="T12" s="82" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="U12" s="9"/>
       <c r="V12" s="36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:22" s="2" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
       <c r="A13" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C13" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="46" t="s">
         <v>20</v>
       </c>
       <c r="F13" s="38" t="s">
         <v>66</v>
       </c>
@@ -3043,390 +3065,400 @@
       <c r="Q14" s="7"/>
       <c r="R14" s="7"/>
       <c r="S14" s="39"/>
       <c r="T14" s="60"/>
       <c r="U14" s="7"/>
       <c r="V14" s="34"/>
     </row>
     <row r="15" spans="1:22" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.35">
       <c r="A15" s="14"/>
       <c r="B15" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C15" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="48" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="38" t="s">
         <v>67</v>
       </c>
       <c r="G15" s="82" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="H15" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I15" s="43">
         <v>6</v>
       </c>
       <c r="J15" s="90" t="s">
         <v>55</v>
       </c>
       <c r="K15" s="22">
         <v>45863</v>
       </c>
       <c r="L15" s="60" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="M15" s="9"/>
       <c r="N15" s="48" t="s">
         <v>128</v>
       </c>
       <c r="O15" s="38" t="s">
         <v>82</v>
       </c>
       <c r="P15" s="82" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="Q15" s="9"/>
       <c r="R15" s="48" t="s">
         <v>96</v>
       </c>
       <c r="S15" s="38" t="s">
         <v>88</v>
       </c>
       <c r="T15" s="82" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="U15" s="9"/>
       <c r="V15" s="36" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:22" s="2" customFormat="1" ht="13.15" x14ac:dyDescent="0.35">
       <c r="A16" s="14"/>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="7"/>
       <c r="F16" s="39"/>
       <c r="G16" s="60"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="73"/>
       <c r="K16" s="22"/>
       <c r="L16" s="60"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="39"/>
       <c r="P16" s="60"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="7"/>
       <c r="S16" s="39"/>
       <c r="T16" s="60"/>
       <c r="U16" s="7"/>
       <c r="V16" s="35"/>
     </row>
     <row r="17" spans="1:22" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.35">
       <c r="A17" s="14"/>
       <c r="B17" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="48" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="38" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="82" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="H17" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="43">
         <v>60</v>
       </c>
       <c r="J17" s="72" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="K17" s="22">
         <v>45863</v>
       </c>
       <c r="L17" s="60" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="M17" s="9"/>
       <c r="N17" s="56" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="38" t="s">
         <v>81</v>
       </c>
       <c r="P17" s="82" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="Q17" s="9"/>
       <c r="R17" s="15" t="s">
         <v>111</v>
       </c>
       <c r="S17" s="41" t="s">
         <v>56</v>
       </c>
       <c r="T17" s="60"/>
       <c r="U17" s="9"/>
       <c r="V17" s="36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:22" s="2" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
       <c r="A18" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C18" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="6"/>
       <c r="E18" s="45" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="38" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="82" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H18" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I18" s="43">
         <v>4</v>
       </c>
       <c r="J18" s="90" t="s">
         <v>55</v>
       </c>
       <c r="K18" s="22">
         <v>45863</v>
       </c>
       <c r="L18" s="61" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="M18" s="9"/>
       <c r="N18" s="45" t="s">
         <v>25</v>
       </c>
       <c r="O18" s="38" t="s">
         <v>80</v>
       </c>
       <c r="P18" s="82" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="Q18" s="9"/>
       <c r="R18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="S18" s="41" t="s">
         <v>56</v>
       </c>
       <c r="T18" s="60"/>
       <c r="U18" s="9"/>
       <c r="V18" s="36" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:22" s="2" customFormat="1" ht="52.5" x14ac:dyDescent="0.35">
       <c r="A19" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="23" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="38" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="82" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="H19" s="29" t="s">
         <v>12</v>
       </c>
       <c r="I19" s="44">
         <v>1</v>
       </c>
       <c r="J19" s="90" t="s">
         <v>55</v>
       </c>
       <c r="K19" s="22">
         <v>45863</v>
       </c>
       <c r="L19" s="60" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="M19" s="9"/>
       <c r="N19" s="9" t="s">
         <v>99</v>
       </c>
       <c r="O19" s="40" t="s">
         <v>56</v>
       </c>
       <c r="P19" s="60"/>
       <c r="Q19" s="9"/>
       <c r="R19" s="9" t="s">
         <v>112</v>
       </c>
       <c r="S19" s="41" t="s">
         <v>56</v>
       </c>
       <c r="T19" s="60"/>
       <c r="U19" s="9"/>
       <c r="V19" s="36" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:22" s="5" customFormat="1" ht="51" x14ac:dyDescent="0.35">
       <c r="A20" s="14" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>159</v>
+      </c>
+      <c r="B20" s="42" t="s">
+        <v>197</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="68" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="F20" s="76"/>
+        <v>160</v>
+      </c>
+      <c r="F20" s="93" t="s">
+        <v>199</v>
+      </c>
       <c r="G20" s="78"/>
-      <c r="H20" s="77"/>
-[...2 lines deleted...]
-      <c r="K20" s="89"/>
+      <c r="H20" s="77" t="s">
+        <v>10</v>
+      </c>
+      <c r="I20" s="77">
+        <v>19</v>
+      </c>
+      <c r="J20" s="90" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" s="89">
+        <v>45904</v>
+      </c>
       <c r="L20" s="78"/>
       <c r="M20" s="68"/>
       <c r="N20" s="68" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="O20" s="40" t="s">
         <v>56</v>
       </c>
       <c r="P20" s="78"/>
       <c r="Q20" s="68"/>
       <c r="R20" s="68" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="S20" s="40" t="s">
         <v>56</v>
       </c>
       <c r="T20" s="78"/>
       <c r="U20" s="68"/>
-      <c r="V20" s="79" t="s">
-        <v>196</v>
+      <c r="V20" s="92" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="21" spans="1:22" s="2" customFormat="1" ht="13.15" x14ac:dyDescent="0.35">
       <c r="A21" s="14"/>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="7"/>
       <c r="F21" s="39"/>
       <c r="G21" s="60"/>
       <c r="H21" s="30"/>
       <c r="I21" s="30"/>
       <c r="J21" s="73"/>
       <c r="K21" s="22"/>
       <c r="L21" s="60"/>
       <c r="M21" s="7"/>
       <c r="N21" s="7"/>
       <c r="O21" s="39"/>
       <c r="P21" s="60"/>
       <c r="Q21" s="7"/>
       <c r="R21" s="7"/>
       <c r="S21" s="39"/>
       <c r="T21" s="60"/>
       <c r="U21" s="7"/>
       <c r="V21" s="35"/>
     </row>
-    <row r="22" spans="1:22" s="2" customFormat="1" ht="51" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:22" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.35">
       <c r="A22" s="14"/>
       <c r="B22" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C22" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="48" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="38" t="s">
         <v>71</v>
       </c>
       <c r="G22" s="82" t="s">
-        <v>176</v>
+        <v>203</v>
       </c>
       <c r="H22" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I22" s="43">
         <v>22</v>
       </c>
       <c r="J22" s="72" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>45863</v>
+        <v>163</v>
+      </c>
+      <c r="K22" s="94">
+        <v>46003</v>
       </c>
       <c r="L22" s="60" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="M22" s="9"/>
       <c r="N22" s="48" t="s">
         <v>59</v>
       </c>
       <c r="O22" s="38" t="s">
         <v>79</v>
       </c>
       <c r="P22" s="82" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="Q22" s="9"/>
       <c r="R22" s="15" t="s">
         <v>125</v>
       </c>
       <c r="S22" s="41" t="s">
         <v>56</v>
       </c>
       <c r="T22" s="60"/>
       <c r="U22" s="9"/>
       <c r="V22" s="36" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:22" s="2" customFormat="1" ht="13.15" x14ac:dyDescent="0.35">
       <c r="A23" s="14"/>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="7"/>
       <c r="F23" s="39"/>
       <c r="G23" s="60"/>
       <c r="H23" s="30"/>
       <c r="I23" s="30"/>
       <c r="J23" s="73"/>
@@ -3444,57 +3476,57 @@
       <c r="V23" s="35"/>
     </row>
     <row r="24" spans="1:22" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.35">
       <c r="A24" s="14"/>
       <c r="B24" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C24" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="48" t="s">
         <v>28</v>
       </c>
       <c r="F24" s="38" t="s">
         <v>72</v>
       </c>
       <c r="G24" s="60"/>
       <c r="H24" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I24" s="43">
         <v>58</v>
       </c>
       <c r="J24" s="72" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="K24" s="22">
         <v>45202</v>
       </c>
       <c r="L24" s="60" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="M24" s="9"/>
       <c r="N24" s="48" t="s">
         <v>58</v>
       </c>
       <c r="O24" s="38" t="s">
         <v>78</v>
       </c>
       <c r="P24" s="60"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="S24" s="41" t="s">
         <v>56</v>
       </c>
       <c r="T24" s="60"/>
       <c r="U24" s="9"/>
       <c r="V24" s="36" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:22" s="2" customFormat="1" ht="39.4" x14ac:dyDescent="0.35">
       <c r="A25" s="14" t="s">
         <v>11</v>
@@ -3566,89 +3598,89 @@
       <c r="N26" s="7"/>
       <c r="O26" s="39"/>
       <c r="P26" s="60"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="7"/>
       <c r="S26" s="39"/>
       <c r="T26" s="60"/>
       <c r="U26" s="7"/>
       <c r="V26" s="35"/>
     </row>
     <row r="27" spans="1:22" s="2" customFormat="1" ht="76.5" x14ac:dyDescent="0.35">
       <c r="A27" s="14"/>
       <c r="B27" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C27" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="48" t="s">
         <v>33</v>
       </c>
       <c r="F27" s="38" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="G27" s="82" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="H27" s="29" t="s">
         <v>10</v>
       </c>
       <c r="I27" s="29">
         <v>31</v>
       </c>
       <c r="J27" s="72" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="K27" s="22">
         <v>45863</v>
       </c>
       <c r="L27" s="60" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="M27" s="9"/>
-      <c r="N27" s="48" t="s">
+      <c r="N27" s="56" t="s">
         <v>57</v>
       </c>
       <c r="O27" s="38" t="s">
         <v>76</v>
       </c>
       <c r="P27" s="82" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="Q27" s="9"/>
       <c r="R27" s="48" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="38" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="T27" s="82" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="U27" s="9"/>
       <c r="V27" s="36" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:22" s="2" customFormat="1" ht="39.4" x14ac:dyDescent="0.35">
       <c r="A28" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C28" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F28" s="38" t="s">
         <v>74</v>
       </c>
@@ -3718,51 +3750,51 @@
         <v>93</v>
       </c>
       <c r="B30" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C30" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="54" t="s">
         <v>0</v>
       </c>
       <c r="F30" s="85" t="s">
         <v>94</v>
       </c>
       <c r="G30" s="60"/>
       <c r="H30" s="30"/>
       <c r="I30" s="30"/>
       <c r="J30" s="86"/>
       <c r="K30" s="67">
         <v>45863</v>
       </c>
       <c r="L30" s="60" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="M30" s="66"/>
       <c r="N30" s="54" t="s">
         <v>110</v>
       </c>
       <c r="O30" s="85" t="s">
         <v>116</v>
       </c>
       <c r="P30" s="60"/>
       <c r="Q30" s="66"/>
       <c r="R30" s="54" t="s">
         <v>120</v>
       </c>
       <c r="S30" s="85" t="s">
         <v>117</v>
       </c>
       <c r="T30" s="60"/>
       <c r="U30" s="66"/>
       <c r="V30" s="35" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="31" spans="1:22" s="2" customFormat="1" ht="13.15" x14ac:dyDescent="0.35">
       <c r="A31" s="14"/>
       <c r="B31" s="6"/>
@@ -3848,101 +3880,101 @@
         <v>93</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="37" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="37" t="s">
         <v>19</v>
       </c>
       <c r="E36" s="64" t="s">
         <v>133</v>
       </c>
       <c r="F36" s="85" t="s">
         <v>132</v>
       </c>
       <c r="G36" s="61"/>
       <c r="H36" s="30"/>
       <c r="I36" s="30"/>
       <c r="J36" s="86"/>
       <c r="K36" s="67">
         <v>45677</v>
       </c>
       <c r="L36" s="87" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="M36" s="66"/>
       <c r="N36" s="65" t="s">
         <v>135</v>
       </c>
       <c r="O36" s="85" t="s">
         <v>134</v>
       </c>
       <c r="P36" s="61"/>
       <c r="Q36" s="66"/>
       <c r="R36" s="65" t="s">
         <v>136</v>
       </c>
       <c r="S36" s="85" t="s">
         <v>137</v>
       </c>
       <c r="T36" s="61"/>
       <c r="U36" s="66"/>
       <c r="V36" s="35" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:22" s="2" customFormat="1" ht="52.5" x14ac:dyDescent="0.35">
       <c r="A37" s="14" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="42" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="42" t="s">
         <v>44</v>
       </c>
       <c r="D37" s="42" t="s">
         <v>43</v>
       </c>
       <c r="E37" s="45" t="s">
         <v>138</v>
       </c>
       <c r="F37" s="38" t="s">
         <v>141</v>
       </c>
       <c r="G37" s="62"/>
       <c r="H37" s="30"/>
       <c r="I37" s="30"/>
       <c r="J37" s="88"/>
       <c r="K37" s="80">
         <v>45623</v>
       </c>
       <c r="L37" s="84" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="M37" s="9"/>
       <c r="N37" s="45" t="s">
         <v>139</v>
       </c>
       <c r="O37" s="38" t="s">
         <v>142</v>
       </c>
       <c r="P37" s="62"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="45" t="s">
         <v>140</v>
       </c>
       <c r="S37" s="38" t="s">
         <v>143</v>
       </c>
       <c r="T37" s="62"/>
       <c r="U37" s="9"/>
       <c r="V37" s="35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:22" s="2" customFormat="1" ht="39.4" x14ac:dyDescent="0.35">
       <c r="A38" s="14" t="s">
         <v>40</v>
@@ -4258,99 +4290,79 @@
     <hyperlink ref="N36" r:id="rId45" display="https://www.bwl.admin.ch/fr/informations-complementaires-energie" xr:uid="{F66849D2-D3D7-4FE5-82DA-E6ADE0FCD73F}"/>
     <hyperlink ref="R36" r:id="rId46" display="https://www.bwl.admin.ch/it/ulteriori-informazioni-energia" xr:uid="{B291977E-0A9E-468E-8EC1-88F09F80B4D1}"/>
     <hyperlink ref="E39" r:id="rId47" display="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" xr:uid="{95FAAB19-495C-4C3D-B244-939690CA23C3}"/>
     <hyperlink ref="E38" r:id="rId48" display="https://www.newsd.admin.ch/newsd/message/attachments/83110.pdf" xr:uid="{AF4F01A7-FE76-4820-A8FD-D491DF028038}"/>
     <hyperlink ref="E37" r:id="rId49" xr:uid="{C0526673-5D46-4B86-8F67-0E46E4C40E9F}"/>
     <hyperlink ref="N37" r:id="rId50" xr:uid="{367C1C14-BFB0-40CD-B526-0FDCFE5FC665}"/>
     <hyperlink ref="R37" r:id="rId51" xr:uid="{8DAA2E1A-2B0B-4A9E-9035-F421EBBCD5E7}"/>
     <hyperlink ref="V7" r:id="rId52" xr:uid="{66489829-0C54-4BB5-B231-DB5E2EE311A1}"/>
     <hyperlink ref="V8" r:id="rId53" xr:uid="{274A6BA4-9A47-4F73-A5A0-8DA586E0B91A}"/>
     <hyperlink ref="V11" r:id="rId54" xr:uid="{9055195E-25E4-4B84-B08D-D5CED74230C4}"/>
     <hyperlink ref="V12" r:id="rId55" xr:uid="{AA76C0F1-3653-4877-90DA-1536D5083384}"/>
     <hyperlink ref="V13" r:id="rId56" xr:uid="{911E5C9C-531E-4F9E-9874-36DEF68CEE8B}"/>
     <hyperlink ref="V15" r:id="rId57" xr:uid="{B1ADA713-3017-40A5-B1AF-6759CCD82BCA}"/>
     <hyperlink ref="V17" r:id="rId58" xr:uid="{49109071-CE38-49C0-9233-43D062F7CC80}"/>
     <hyperlink ref="V19" r:id="rId59" xr:uid="{4D48040A-1295-4D76-9A47-DEB0A34FB8B8}"/>
     <hyperlink ref="V18" r:id="rId60" xr:uid="{81F7AD38-2ACD-42C7-AE35-8658B13E7295}"/>
     <hyperlink ref="V22" r:id="rId61" xr:uid="{263DCE9C-AC59-4845-97F8-E821F6A95E6B}"/>
     <hyperlink ref="V24" r:id="rId62" xr:uid="{C05D6411-954C-4CA0-9B00-408183114830}"/>
     <hyperlink ref="V25" r:id="rId63" xr:uid="{F58C2D40-8BF0-4F22-BF74-03C5A4910A2C}"/>
     <hyperlink ref="V28" r:id="rId64" xr:uid="{45B6307C-937E-42A4-9AE9-807480D01AC1}"/>
     <hyperlink ref="V27" r:id="rId65" xr:uid="{A50ED629-2973-438B-AF40-756465967ED4}"/>
     <hyperlink ref="E9" r:id="rId66" xr:uid="{9A8A7321-3C25-4694-AF93-30A2A963E004}"/>
     <hyperlink ref="N9" r:id="rId67" xr:uid="{9134B29A-3698-4223-B260-2F7698C15034}"/>
     <hyperlink ref="R9" r:id="rId68" xr:uid="{C17F4A79-1ED9-489F-B9C5-0929C02A08AA}"/>
     <hyperlink ref="V9" r:id="rId69" xr:uid="{53FE7386-E7D6-4854-A3EB-6DF21440DF24}"/>
-    <hyperlink ref="V20" r:id="rId70" xr:uid="{92526461-45DD-4454-8E8A-6F550C770739}"/>
-[...2 lines deleted...]
-    <hyperlink ref="E27" r:id="rId73" xr:uid="{40E08FD6-F248-4165-9FA2-FBB86CFDD04A}"/>
+    <hyperlink ref="R27" r:id="rId70" xr:uid="{849AB004-D4CB-4061-9A5E-3266AC974070}"/>
+    <hyperlink ref="N27" r:id="rId71" xr:uid="{4F187C6A-C793-42DC-A967-84F27EE40E82}"/>
+    <hyperlink ref="E27" r:id="rId72" xr:uid="{40E08FD6-F248-4165-9FA2-FBB86CFDD04A}"/>
+    <hyperlink ref="V20" r:id="rId73" xr:uid="{16FF24A1-22E8-43AB-A790-BCB45E2572CC}"/>
   </hyperlinks>
   <pageMargins left="0.62992125984251968" right="0.43307086614173229" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="87" fitToHeight="0" orientation="landscape" r:id="rId74"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Arial,Fett"VöV-Arbeitsgruppe "Strommangellage im öV"&amp;C&amp;8&amp;F,&amp;"Arial,Fett" Ausdruck vom &amp;D&amp;RSeite &amp;P von &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId75"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c16c3e6-1392-479f-8a35-a8df4cbfe399" xmlns:ns3="2382aa49-51e3-480f-b6be-9c3c80108328" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9909683786cefa0116e288ba7b3a7d25" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010023979A13D613DA47950A96578DD3AD9E" ma:contentTypeVersion="13" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="9b2088631e0beea493728a9e60a4b9b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c16c3e6-1392-479f-8a35-a8df4cbfe399" xmlns:ns3="2382aa49-51e3-480f-b6be-9c3c80108328" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="329791183405b015765357bea7f17364" ns2:_="" ns3:_="">
     <xsd:import namespace="4c16c3e6-1392-479f-8a35-a8df4cbfe399"/>
     <xsd:import namespace="2382aa49-51e3-480f-b6be-9c3c80108328"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -4527,90 +4539,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="2382aa49-51e3-480f-b6be-9c3c80108328" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c16c3e6-1392-479f-8a35-a8df4cbfe399">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0158F8F-BF13-42C8-BF73-8EEF4F1CD910}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2303B4DF-5550-44FC-B42F-4EB734B049E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4c16c3e6-1392-479f-8a35-a8df4cbfe399"/>
     <ds:schemaRef ds:uri="2382aa49-51e3-480f-b6be-9c3c80108328"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C4B1C3-F662-4352-BC22-858CAEE1E850}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0F92A10-44C9-4C48-825B-C28F8AF9282F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0158F8F-BF13-42C8-BF73-8EEF4F1CD910}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="4c16c3e6-1392-479f-8a35-a8df4cbfe399"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="2382aa49-51e3-480f-b6be-9c3c80108328"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4c16c3e6-1392-479f-8a35-a8df4cbfe399"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>